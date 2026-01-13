--- v0 (2025-10-23)
+++ v1 (2026-01-13)
@@ -49,51 +49,51 @@
   <si>
     <t>時數</t>
   </si>
   <si>
     <t>人數</t>
   </si>
   <si>
     <t>開課日期</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>SSL VPN - Windows</t>
   </si>
   <si>
     <t>線上</t>
   </si>
   <si>
     <t>未分類</t>
   </si>
   <si>
     <t>0.1</t>
   </si>
   <si>
-    <t>4</t>
+    <t>5</t>
   </si>
   <si>
     <t>2022-03-23</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <fonts x14ac:knownFonts="1" count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>